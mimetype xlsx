--- v0 (2025-11-19)
+++ v1 (2026-01-02)
@@ -442,271 +442,271 @@
       </c>
       <c r="E4" s="2" t="str">
         <v>Source</v>
       </c>
       <c r="F4" s="2" t="str">
         <v>Metadata </v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="str">
         <v>Real Sector</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="str"/>
       <c r="B6" s="4" t="str">
         <v>National Accounts</v>
       </c>
       <c r="C6" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/NAG_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D6" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/NAG_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E6" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F6" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/NAG00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G6" s="4" t="str"/>
     </row>
     <row r="7">
       <c r="A7" s="2" t="str"/>
       <c r="B7" s="4" t="str">
         <v>Sectoral Balance Sheet</v>
       </c>
       <c r="C7" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/SBS_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D7" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/SBS_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E7" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F7" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/SBS00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G7" s="4" t="str"/>
     </row>
     <row r="8">
       <c r="A8" s="2" t="str"/>
       <c r="B8" s="4" t="str">
         <v>Index of Production</v>
       </c>
       <c r="C8" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/IND_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D8" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/IND_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E8" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/economicoutputandproductivity/output/bulletins/indexofproduction/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/economicoutputandproductivity/output/bulletins/indexofproduction/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F8" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/IND00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G8" s="4" t="str"/>
     </row>
     <row r="9">
       <c r="A9" s="2" t="str"/>
       <c r="B9" s="4" t="str">
         <v>Labour Market Employment</v>
       </c>
       <c r="C9" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/EMP_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D9" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/EMP_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E9" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F9" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/EMP00"&gt;Metadata 1 - Workforce jobs&lt;/a&gt;</v>
       </c>
       <c r="G9" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/EMP01"&gt;Metadata 2 - Labour force survey&lt;/a&gt;</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="str"/>
       <c r="B10" s="4" t="str">
         <v>Labour Market Unemployment</v>
       </c>
       <c r="C10" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/UEM_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D10" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/UEM_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E10" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F10" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/UEM00"&gt;Metadata 1 - Unemployment claimant count&lt;/a&gt;</v>
       </c>
       <c r="G10" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/UEM01"&gt;Metadata 2 - Labour force survey&lt;/a&gt;</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="str"/>
       <c r="B11" s="4" t="str">
         <v>Labour Market Wages &amp; Earnings</v>
       </c>
       <c r="C11" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/WOE_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D11" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/WOE_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E11" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/bulletins/uklabourmarket/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F11" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/WOE00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G11" s="4" t="str"/>
     </row>
     <row r="12">
       <c r="A12" s="2" t="str"/>
       <c r="B12" s="4" t="str">
         <v>Consumer Price Index</v>
       </c>
       <c r="C12" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CPI_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D12" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CPI_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E12" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F12" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/CPI00"&gt;Metadata 1 - Consumer prices&lt;/a&gt;</v>
       </c>
       <c r="G12" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/CPI01"&gt;Metadata 2 - Retail prices&lt;/a&gt;</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="str"/>
       <c r="B13" s="4" t="str">
         <v>Producer Price Index</v>
       </c>
       <c r="C13" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/PPI_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D13" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/PPI_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E13" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/producerpriceinflation/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/producerpriceinflation/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F13" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/PPI00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G13" s="4" t="str"/>
     </row>
     <row r="14">
       <c r="A14" s="3" t="str">
         <v>Fiscal Sector</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="str"/>
       <c r="B15" s="4" t="str">
         <v>General Government Operations</v>
       </c>
       <c r="C15" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/GGO_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D15" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/GGO_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E15" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F15" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/GGO00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G15" s="4" t="str"/>
     </row>
     <row r="16">
       <c r="A16" s="2" t="str"/>
       <c r="B16" s="4" t="str">
         <v>General Government Debt</v>
       </c>
       <c r="C16" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/GGD_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D16" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/GGD_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E16" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F16" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/GGD00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G16" s="4" t="str"/>
     </row>
     <row r="17">
       <c r="A17" s="2" t="str"/>
       <c r="B17" s="4" t="str">
         <v>Central Government Operations</v>
       </c>
       <c r="C17" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CGO_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D17" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CGO_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E17" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F17" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/CGO00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G17" s="4" t="str"/>
     </row>
     <row r="18">
       <c r="A18" s="2" t="str"/>
       <c r="B18" s="4" t="str">
         <v>Central Government Debt</v>
       </c>
       <c r="C18" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CGD_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D18" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/CGD_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E18" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/governmentpublicsectorandtaxes/publicsectorfinance/bulletins/publicsectorfinances/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F18" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/CGD00"&gt;Metadata 1 - Sterling debt&lt;/a&gt;</v>
       </c>
       <c r="G18" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/CGD01"&gt;Metadata 2 - Foreign currency debt&lt;/a&gt;</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3" t="str">
         <v>Financial Sector</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="str"/>
       <c r="B20" s="4" t="str">
         <v>Depository Corporations Survey</v>
       </c>
       <c r="C20" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/DCS_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D20" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/DCS_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E20" s="4" t="str">
@@ -807,51 +807,51 @@
     <row r="26">
       <c r="A26" s="2" t="str"/>
       <c r="B26" s="4" t="str"/>
       <c r="C26" s="4" t="str"/>
       <c r="D26" s="4" t="str"/>
       <c r="E26" s="4" t="str"/>
       <c r="F26" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/FSI05"&gt;Metadata 5 - Return on assets&lt;/a&gt;</v>
       </c>
       <c r="G26" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/FSI06"&gt;Metadata 6 - Liquid assets to short-term liabilities (liquidity coverage ratio)&lt;/a&gt;</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="str"/>
       <c r="B27" s="4" t="str">
         <v>Financial Soundness Indicators Residential Real Estate Prices</v>
       </c>
       <c r="C27" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/FSI_RP_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D27" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/FSI_RP_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E27" s="4" t="str">
-        <v>&lt;a href=" https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href=" https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F27" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/FSI07"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G27" s="4" t="str"/>
     </row>
     <row r="28">
       <c r="A28" s="2" t="str"/>
       <c r="B28" s="4" t="str">
         <v>Debt Securities</v>
       </c>
       <c r="C28" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/DSE_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D28" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/DSE_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E28" s="4" t="str">
         <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/uksectoraccounts/datasets/g20datagapsinitiativedgirequirementii7securitiesdatatables"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F28" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/DSE00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G28" s="4" t="str"/>
     </row>
@@ -869,108 +869,108 @@
       <c r="E29" s="4" t="str">
         <v>&lt;a href="https://www.londonstockexchange.com/indices/ftse-100"&gt;London Stock Exchange&lt;/a&gt;</v>
       </c>
       <c r="F29" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/SPI00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G29" s="4" t="str"/>
     </row>
     <row r="30">
       <c r="A30" s="3" t="str">
         <v>External Sector</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="str"/>
       <c r="B31" s="4" t="str">
         <v>Balance of Payments</v>
       </c>
       <c r="C31" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/BOP_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D31" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/BOP_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E31" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/balanceofpayments/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/balanceofpayments/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F31" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/BOP00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G31" s="4" t="str"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="str"/>
       <c r="B32" s="4" t="str">
         <v>International Reserves &amp; Foreign Currency Liquidity</v>
       </c>
       <c r="C32" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/ILV2_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D32" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/ILV2_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E32" s="4" t="str">
         <v>&lt;a href="https://www.bankofengland.co.uk/news?NewsTypes=571948d14c6943f7b5b7748ad80bef29&amp;amp;Taxonomies=4dfec414a07e4f5a8a824b8d37f793ff&amp;amp;InfiniteScrolling=False&amp;amp;Direction=Latest"&gt;Bank of England&lt;/a&gt;</v>
       </c>
       <c r="F32" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/ILV00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G32" s="4" t="str"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="str"/>
       <c r="B33" s="4" t="str">
         <v>Merchandise trade</v>
       </c>
       <c r="C33" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/MET_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D33" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/MET_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E33" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/uktrade/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/uktrade/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F33" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/MET00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G33" s="4" t="str"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="str"/>
       <c r="B34" s="4" t="str">
         <v>International Investment Position</v>
       </c>
       <c r="C34" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/IIP6_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D34" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/IIP6_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E34" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/unitedkingdombalanceofpaymentsthepinkbook/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/unitedkingdombalanceofpaymentsthepinkbook/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F34" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/IIP00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G34" s="4" t="str"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="str"/>
       <c r="B35" s="4" t="str">
         <v>Coordinated Portfolio Investment Survey (CPIS)</v>
       </c>
       <c r="C35" s="4" t="str">
         <v>UK Participates in CPIS</v>
       </c>
       <c r="D35" s="4" t="str">
         <v>Not required</v>
       </c>
       <c r="E35" s="4" t="str">
         <v>&lt;a href="https://data.imf.org/?sk=B981B4E3-4E58-467E-9B90-9DE0C3367363"&gt;International Monetary Fund CPIS&lt;/a&gt;</v>
       </c>
       <c r="F35" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/CPS00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G35" s="4" t="str"/>
     </row>
@@ -983,51 +983,51 @@
         <v>UK Participates in CDIS</v>
       </c>
       <c r="D36" s="4" t="str">
         <v>Not required</v>
       </c>
       <c r="E36" s="4" t="str">
         <v>&lt;a href="https://data.imf.org/?sk=40313609-F037-48C1-84B1-E1F1CE54D6D5&amp;amp;sId=1390030109571"&gt;International Monetary Fund CDIS&lt;/a&gt;</v>
       </c>
       <c r="F36" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sddsplus/dqaf-base/country/GBR/category/CDS00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G36" s="4" t="str"/>
     </row>
     <row r="37">
       <c r="A37" s="2" t="str"/>
       <c r="B37" s="4" t="str">
         <v>External Debt</v>
       </c>
       <c r="C37" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/EXD_GBR.xlsx"&gt;Excel&lt;/a&gt;</v>
       </c>
       <c r="D37" s="4" t="str">
         <v>&lt;a href="https://static.ons.gov.uk/imf/EXD_GBR.xml"&gt;SDMX&lt;/a&gt;</v>
       </c>
       <c r="E37" s="4" t="str">
-        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/unitedkingdombalanceofpaymentsthepinkbook/previousReleases"&gt;ONS&lt;/a&gt;</v>
+        <v>&lt;a href="https://www.ons.gov.uk/economy/nationalaccounts/balanceofpayments/bulletins/unitedkingdombalanceofpaymentsthepinkbook/previousreleases"&gt;ONS&lt;/a&gt;</v>
       </c>
       <c r="F37" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/EXD00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G37" s="4" t="str"/>
     </row>
     <row r="38">
       <c r="A38" s="2" t="str"/>
       <c r="B38" s="4" t="str">
         <v>Exchange Rates</v>
       </c>
       <c r="C38" s="4" t="str">
         <v>Not required</v>
       </c>
       <c r="D38" s="4" t="str">
         <v>Not required</v>
       </c>
       <c r="E38" s="4" t="str">
         <v>&lt;a href="https://www.bankofengland.co.uk/boeapps/database/fromshowcolumns.asp?Travel=NIxSUx&amp;amp;FromSeries=1&amp;amp;ToSeries=50&amp;amp;DAT=RNG&amp;amp;FD=1&amp;amp;FM=Jan&amp;amp;FY=2017&amp;amp;TD=2&amp;amp;TM=Aug&amp;amp;TY=2022&amp;amp;FNY=&amp;amp;CSVF=TT&amp;amp;html.x=193&amp;amp;html.y=51&amp;amp;C=IIU&amp;amp;Filter=N"&gt;Bank of England&lt;/a&gt;</v>
       </c>
       <c r="F38" s="4" t="str">
         <v>&lt;a href="https://dsbb.imf.org/sdds/dqaf-base/country/GBR/category/EXR00"&gt;Metadata&lt;/a&gt;</v>
       </c>
       <c r="G38" s="4" t="str"/>
     </row>